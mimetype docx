--- v0 (2025-11-04)
+++ v1 (2026-01-01)
@@ -4529,51 +4529,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Директор ДЮСШ з веслування м. Черкаси</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">__________________ В.Г. Романенко</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">«04» 11 2025 р.</w:t>
+        <w:t xml:space="preserve">«02» 01 2025 р.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ОБЛІК</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">роботи під час проведення НТЗ</w:t>