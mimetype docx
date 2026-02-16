--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -4529,51 +4529,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Директор ДЮСШ з веслування м. Черкаси</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">__________________ В.Г. Романенко</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">«02» 01 2025 р.</w:t>
+        <w:t xml:space="preserve">«16» 02 2025 р.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ОБЛІК</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">роботи під час проведення НТЗ</w:t>